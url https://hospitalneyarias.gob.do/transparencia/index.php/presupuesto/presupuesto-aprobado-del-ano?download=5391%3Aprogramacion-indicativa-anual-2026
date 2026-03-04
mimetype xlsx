--- v0 (2026-01-17)
+++ v1 (2026-03-04)
@@ -7,51 +7,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.200.20\v\OFICINA LIBRE ACCESO\- - - - 2025\12 - Diciembre\Excell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4FE6F13B-67EA-43F2-83B8-ECAC959A31E5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C5C82B9C-B559-47F9-964C-5ADDF52DF30F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$B$1:$Q$28</definedName>
   </definedNames>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="38">
   <si>
     <t>Capítulo</t>
@@ -589,50 +589,56 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -656,56 +662,50 @@
     <xf numFmtId="0" fontId="5" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="4" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Millares" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1017,124 +1017,124 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:CC48"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C30" sqref="C30"/>
+    <sheetView tabSelected="1" topLeftCell="A16" workbookViewId="0">
+      <selection activeCell="C24" sqref="C24:C27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11" style="2"/>
     <col min="2" max="2" width="27.5703125" style="2" customWidth="1"/>
     <col min="3" max="3" width="35.28515625" style="36" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="2" customWidth="1"/>
     <col min="5" max="5" width="35" style="36" customWidth="1"/>
     <col min="6" max="6" width="16.28515625" style="2" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="12.28515625" style="37" customWidth="1"/>
+    <col min="7" max="7" width="14.7109375" style="37" customWidth="1"/>
     <col min="8" max="13" width="17.7109375" style="2" customWidth="1"/>
     <col min="14" max="14" width="15.140625" style="2" customWidth="1"/>
     <col min="15" max="15" width="15.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="18.42578125" style="2" customWidth="1"/>
     <col min="17" max="17" width="16.85546875" style="2" bestFit="1" customWidth="1"/>
     <col min="18" max="16384" width="11" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:81" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B1" s="65"/>
-[...14 lines deleted...]
-      <c r="Q1" s="65"/>
+      <c r="B1" s="42"/>
+      <c r="C1" s="42"/>
+      <c r="D1" s="42"/>
+      <c r="E1" s="42"/>
+      <c r="F1" s="42"/>
+      <c r="G1" s="42"/>
+      <c r="H1" s="42"/>
+      <c r="I1" s="42"/>
+      <c r="J1" s="42"/>
+      <c r="K1" s="42"/>
+      <c r="L1" s="42"/>
+      <c r="M1" s="42"/>
+      <c r="N1" s="42"/>
+      <c r="O1" s="42"/>
+      <c r="P1" s="42"/>
+      <c r="Q1" s="42"/>
     </row>
     <row r="2" spans="1:81" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B2" s="65"/>
-[...14 lines deleted...]
-      <c r="Q2" s="65"/>
+      <c r="B2" s="42"/>
+      <c r="C2" s="42"/>
+      <c r="D2" s="42"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="42"/>
+      <c r="G2" s="42"/>
+      <c r="H2" s="42"/>
+      <c r="I2" s="42"/>
+      <c r="J2" s="42"/>
+      <c r="K2" s="42"/>
+      <c r="L2" s="42"/>
+      <c r="M2" s="42"/>
+      <c r="N2" s="42"/>
+      <c r="O2" s="42"/>
+      <c r="P2" s="42"/>
+      <c r="Q2" s="42"/>
     </row>
     <row r="3" spans="1:81" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B3" s="65"/>
-[...14 lines deleted...]
-      <c r="Q3" s="65"/>
+      <c r="B3" s="42"/>
+      <c r="C3" s="42"/>
+      <c r="D3" s="42"/>
+      <c r="E3" s="42"/>
+      <c r="F3" s="42"/>
+      <c r="G3" s="42"/>
+      <c r="H3" s="42"/>
+      <c r="I3" s="42"/>
+      <c r="J3" s="42"/>
+      <c r="K3" s="42"/>
+      <c r="L3" s="42"/>
+      <c r="M3" s="42"/>
+      <c r="N3" s="42"/>
+      <c r="O3" s="42"/>
+      <c r="P3" s="42"/>
+      <c r="Q3" s="42"/>
     </row>
     <row r="4" spans="1:81" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
     </row>
     <row r="5" spans="1:81" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
@@ -1153,104 +1153,104 @@
     <row r="6" spans="1:81" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B6" s="1"/>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
     </row>
     <row r="7" spans="1:81" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B7" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="D7" s="64" t="s">
+      <c r="D7" s="41" t="s">
         <v>2</v>
       </c>
-      <c r="E7" s="64"/>
-[...1 lines deleted...]
-      <c r="G7" s="64"/>
+      <c r="E7" s="41"/>
+      <c r="F7" s="41"/>
+      <c r="G7" s="41"/>
       <c r="H7" s="5"/>
       <c r="I7" s="5"/>
       <c r="J7" s="5"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
     </row>
     <row r="8" spans="1:81" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B8" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="D8" s="64" t="s">
+      <c r="D8" s="41" t="s">
         <v>2</v>
       </c>
-      <c r="E8" s="64"/>
-[...1 lines deleted...]
-      <c r="G8" s="64"/>
+      <c r="E8" s="41"/>
+      <c r="F8" s="41"/>
+      <c r="G8" s="41"/>
       <c r="H8" s="5"/>
       <c r="I8" s="5"/>
       <c r="J8" s="5"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
     </row>
     <row r="9" spans="1:81" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B9" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="D9" s="64" t="s">
+      <c r="D9" s="41" t="s">
         <v>7</v>
       </c>
-      <c r="E9" s="64"/>
-[...1 lines deleted...]
-      <c r="G9" s="64"/>
+      <c r="E9" s="41"/>
+      <c r="F9" s="41"/>
+      <c r="G9" s="41"/>
       <c r="H9" s="5"/>
       <c r="I9" s="5"/>
       <c r="J9" s="5"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
     </row>
     <row r="10" spans="1:81" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B10" s="6"/>
       <c r="C10" s="7"/>
       <c r="D10" s="8"/>
       <c r="E10" s="8"/>
       <c r="F10" s="8"/>
       <c r="G10" s="8"/>
       <c r="H10" s="8"/>
       <c r="I10" s="8"/>
       <c r="J10" s="8"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
@@ -1319,120 +1319,120 @@
       <c r="BY10" s="2"/>
       <c r="BZ10" s="2"/>
       <c r="CA10" s="2"/>
       <c r="CB10" s="2"/>
       <c r="CC10" s="2"/>
     </row>
     <row r="11" spans="1:81" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B11" s="9"/>
       <c r="C11" s="10"/>
       <c r="D11" s="9"/>
       <c r="E11" s="10"/>
       <c r="F11" s="9"/>
       <c r="G11" s="11"/>
       <c r="H11" s="9"/>
       <c r="I11" s="9"/>
       <c r="J11" s="9"/>
       <c r="K11" s="9"/>
       <c r="L11" s="9"/>
       <c r="M11" s="9"/>
       <c r="N11" s="9"/>
       <c r="O11" s="9"/>
       <c r="P11" s="9"/>
       <c r="Q11" s="9"/>
     </row>
     <row r="12" spans="1:81" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B12" s="48" t="s">
+      <c r="B12" s="50" t="s">
         <v>8</v>
       </c>
-      <c r="C12" s="48"/>
-[...4 lines deleted...]
-      <c r="H12" s="50" t="s">
+      <c r="C12" s="50"/>
+      <c r="D12" s="50"/>
+      <c r="E12" s="50"/>
+      <c r="F12" s="50"/>
+      <c r="G12" s="51"/>
+      <c r="H12" s="52" t="s">
         <v>9</v>
       </c>
-      <c r="I12" s="51"/>
-[...6 lines deleted...]
-      <c r="P12" s="52" t="s">
+      <c r="I12" s="53"/>
+      <c r="J12" s="53"/>
+      <c r="K12" s="53"/>
+      <c r="L12" s="53"/>
+      <c r="M12" s="53"/>
+      <c r="N12" s="53"/>
+      <c r="O12" s="53"/>
+      <c r="P12" s="54" t="s">
         <v>10</v>
       </c>
-      <c r="Q12" s="53"/>
+      <c r="Q12" s="55"/>
     </row>
     <row r="13" spans="1:81" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B13" s="54" t="s">
+      <c r="B13" s="56" t="s">
         <v>11</v>
       </c>
-      <c r="C13" s="54" t="s">
+      <c r="C13" s="56" t="s">
         <v>12</v>
       </c>
-      <c r="D13" s="56" t="s">
+      <c r="D13" s="58" t="s">
         <v>13</v>
       </c>
-      <c r="E13" s="58" t="s">
+      <c r="E13" s="60" t="s">
         <v>14</v>
       </c>
-      <c r="F13" s="58" t="s">
+      <c r="F13" s="60" t="s">
         <v>36</v>
       </c>
-      <c r="G13" s="60" t="s">
+      <c r="G13" s="62" t="s">
         <v>37</v>
       </c>
-      <c r="H13" s="62" t="s">
+      <c r="H13" s="64" t="s">
         <v>15</v>
       </c>
-      <c r="I13" s="63"/>
-      <c r="J13" s="41" t="s">
+      <c r="I13" s="65"/>
+      <c r="J13" s="43" t="s">
         <v>16</v>
       </c>
-      <c r="K13" s="42"/>
-      <c r="L13" s="43" t="s">
+      <c r="K13" s="44"/>
+      <c r="L13" s="45" t="s">
         <v>17</v>
       </c>
-      <c r="M13" s="44"/>
-      <c r="N13" s="43" t="s">
+      <c r="M13" s="46"/>
+      <c r="N13" s="45" t="s">
         <v>18</v>
       </c>
-      <c r="O13" s="45"/>
-      <c r="P13" s="46" t="s">
+      <c r="O13" s="47"/>
+      <c r="P13" s="48" t="s">
         <v>19</v>
       </c>
-      <c r="Q13" s="47"/>
+      <c r="Q13" s="49"/>
     </row>
     <row r="14" spans="1:81" ht="30" x14ac:dyDescent="0.25">
-      <c r="B14" s="55"/>
-[...4 lines deleted...]
-      <c r="G14" s="61"/>
+      <c r="B14" s="57"/>
+      <c r="C14" s="57"/>
+      <c r="D14" s="59"/>
+      <c r="E14" s="61"/>
+      <c r="F14" s="61"/>
+      <c r="G14" s="63"/>
       <c r="H14" s="12" t="s">
         <v>20</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>21</v>
       </c>
       <c r="J14" s="12" t="s">
         <v>20</v>
       </c>
       <c r="K14" s="13" t="s">
         <v>21</v>
       </c>
       <c r="L14" s="12" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="13" t="s">
         <v>21</v>
       </c>
       <c r="N14" s="12" t="s">
         <v>20</v>
       </c>
       <c r="O14" s="14" t="s">
         <v>21</v>
       </c>
       <c r="P14" s="15" t="s">
@@ -1532,123 +1532,130 @@
       <c r="BW15" s="2"/>
       <c r="BX15" s="2"/>
       <c r="BY15" s="2"/>
       <c r="BZ15" s="2"/>
       <c r="CA15" s="2"/>
       <c r="CB15" s="2"/>
       <c r="CC15" s="2"/>
     </row>
     <row r="16" spans="1:81" ht="45" x14ac:dyDescent="0.25">
       <c r="B16" s="20" t="s">
         <v>30</v>
       </c>
       <c r="C16" s="20" t="s">
         <v>31</v>
       </c>
       <c r="D16" s="21" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="21" t="s">
         <v>32</v>
       </c>
       <c r="F16" s="22">
         <v>1361558763.9992549</v>
       </c>
       <c r="G16" s="23">
-        <v>1076239</v>
+        <v>1350368</v>
       </c>
       <c r="H16" s="24">
-        <v>269059.75</v>
+        <v>344053</v>
       </c>
       <c r="I16" s="25">
         <v>344234080.61000001</v>
       </c>
       <c r="J16" s="26">
-        <v>269059.75</v>
+        <v>348325</v>
       </c>
       <c r="K16" s="25">
         <v>339817488.87</v>
       </c>
       <c r="L16" s="24">
-        <v>269059.75</v>
+        <v>353776</v>
       </c>
       <c r="M16" s="25">
         <v>371958831.58999997</v>
       </c>
       <c r="N16" s="24">
-        <v>269059.75</v>
+        <v>304214</v>
       </c>
       <c r="O16" s="25">
         <v>305548362.93000001</v>
       </c>
       <c r="P16" s="25"/>
       <c r="Q16" s="25"/>
     </row>
     <row r="17" spans="2:17" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="27"/>
       <c r="C17" s="27"/>
       <c r="D17" s="27"/>
       <c r="E17" s="27"/>
       <c r="F17" s="28"/>
       <c r="G17" s="29"/>
       <c r="H17" s="26"/>
       <c r="I17" s="30"/>
       <c r="J17" s="26"/>
       <c r="K17" s="30"/>
       <c r="L17" s="26"/>
       <c r="M17" s="30"/>
       <c r="N17" s="26"/>
       <c r="O17" s="30"/>
       <c r="P17" s="30"/>
       <c r="Q17" s="30"/>
     </row>
     <row r="18" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B18" s="31"/>
       <c r="C18" s="32"/>
       <c r="D18" s="31"/>
       <c r="E18" s="32"/>
       <c r="F18" s="31"/>
       <c r="G18" s="26"/>
       <c r="H18" s="31"/>
       <c r="I18" s="31"/>
       <c r="J18" s="31"/>
       <c r="K18" s="31"/>
       <c r="L18" s="31"/>
       <c r="M18" s="31"/>
       <c r="N18" s="31"/>
       <c r="O18" s="31"/>
       <c r="P18" s="31"/>
       <c r="Q18" s="31"/>
     </row>
     <row r="19" spans="2:17" x14ac:dyDescent="0.25">
       <c r="G19" s="40"/>
     </row>
     <row r="20" spans="2:17" x14ac:dyDescent="0.25">
       <c r="G20" s="2"/>
     </row>
     <row r="21" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="G21" s="2"/>
+      <c r="G21" s="40"/>
+      <c r="H21" s="40"/>
+      <c r="I21" s="40"/>
+      <c r="J21" s="40"/>
+      <c r="K21" s="40"/>
+      <c r="L21" s="40"/>
+      <c r="M21" s="40"/>
+      <c r="N21" s="40"/>
     </row>
     <row r="22" spans="2:17" x14ac:dyDescent="0.25">
       <c r="G22" s="2"/>
     </row>
     <row r="23" spans="2:17" x14ac:dyDescent="0.25">
       <c r="C23" s="2"/>
       <c r="E23" s="2"/>
       <c r="G23" s="2"/>
     </row>
     <row r="24" spans="2:17" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B24" s="33"/>
       <c r="C24" s="34"/>
       <c r="D24" s="33"/>
       <c r="E24" s="2"/>
       <c r="G24" s="2"/>
     </row>
     <row r="25" spans="2:17" ht="18.75" x14ac:dyDescent="0.3">
       <c r="B25" s="35"/>
       <c r="C25" s="38" t="s">
         <v>35</v>
       </c>
       <c r="D25" s="33"/>
       <c r="E25" s="2"/>
       <c r="G25" s="2"/>
     </row>
@@ -1711,70 +1718,70 @@
       <c r="G41" s="2"/>
     </row>
     <row r="42" spans="7:7" x14ac:dyDescent="0.25">
       <c r="G42" s="2"/>
     </row>
     <row r="43" spans="7:7" x14ac:dyDescent="0.25">
       <c r="G43" s="2"/>
     </row>
     <row r="44" spans="7:7" x14ac:dyDescent="0.25">
       <c r="G44" s="2"/>
     </row>
     <row r="45" spans="7:7" x14ac:dyDescent="0.25">
       <c r="G45" s="2"/>
     </row>
     <row r="46" spans="7:7" x14ac:dyDescent="0.25">
       <c r="G46" s="2"/>
     </row>
     <row r="47" spans="7:7" x14ac:dyDescent="0.25">
       <c r="G47" s="2"/>
     </row>
     <row r="48" spans="7:7" x14ac:dyDescent="0.25">
       <c r="G48" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="20">
-    <mergeCell ref="D9:G9"/>
-[...4 lines deleted...]
-    <mergeCell ref="D8:G8"/>
     <mergeCell ref="J13:K13"/>
     <mergeCell ref="L13:M13"/>
     <mergeCell ref="N13:O13"/>
     <mergeCell ref="P13:Q13"/>
     <mergeCell ref="B12:G12"/>
     <mergeCell ref="H12:O12"/>
     <mergeCell ref="P12:Q12"/>
     <mergeCell ref="B13:B14"/>
     <mergeCell ref="C13:C14"/>
     <mergeCell ref="D13:D14"/>
     <mergeCell ref="E13:E14"/>
     <mergeCell ref="F13:F14"/>
     <mergeCell ref="G13:G14"/>
     <mergeCell ref="H13:I13"/>
+    <mergeCell ref="D9:G9"/>
+    <mergeCell ref="B1:Q1"/>
+    <mergeCell ref="B2:Q2"/>
+    <mergeCell ref="B3:Q3"/>
+    <mergeCell ref="D7:G7"/>
+    <mergeCell ref="D8:G8"/>
   </mergeCells>
   <dataValidations count="6">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Registrar código del Capítulo" sqref="C7" xr:uid="{00000000-0002-0000-0000-000000000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Registrar código del subcapítulo" sqref="C8" xr:uid="{00000000-0002-0000-0000-000001000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Registrar código de la Unidad Ejecutora" sqref="C9:C10" xr:uid="{00000000-0002-0000-0000-000002000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Registrar denominación del Capítulo" sqref="D7:D8 H7:J7" xr:uid="{00000000-0002-0000-0000-000003000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Registrar denominación del Subcapítulo" sqref="H8:J8" xr:uid="{00000000-0002-0000-0000-000004000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Registrar denominación de la Unidad Ejecutora" sqref="D9:D10 H9:J10 E10:G10" xr:uid="{00000000-0002-0000-0000-000005000000}"/>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="122" scale="41" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>